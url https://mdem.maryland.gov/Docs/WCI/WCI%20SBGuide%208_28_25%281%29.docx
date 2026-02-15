--- v0 (2026-01-13)
+++ v1 (2026-02-15)
@@ -13011,52 +13011,52 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D55B88090FC0624CA3B85B26364D43E9" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0e66f62089da7f15d7e4343ec3a44bb1">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="73210057-e01b-4b67-a3cc-f5ef0d69dd82" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="60d5ca0c03327369b4b468df3ba9c92f" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D55B88090FC0624CA3B85B26364D43E9" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e4492bfd16206c6c2f421a52dfd31b65">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="73210057-e01b-4b67-a3cc-f5ef0d69dd82" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="702ec4724dcb7c9a4955ad9b60ee40c1" ns2:_="">
     <xsd:import namespace="73210057-e01b-4b67-a3cc-f5ef0d69dd82"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Date_x0020__x0028_Last_x0020_Effective_x0029_" minOccurs="0"/>
                 <xsd:element ref="ns2:Plan_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns2:Program" minOccurs="0"/>
                 <xsd:element ref="ns2:Category" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="73210057-e01b-4b67-a3cc-f5ef0d69dd82" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Date_x0020__x0028_Last_x0020_Effective_x0029_" ma:index="8" nillable="true" ma:displayName="Date (Last Effective)" ma:internalName="Date_x0020__x0028_Last_x0020_Effective_x0029_">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
@@ -13074,51 +13074,51 @@
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Category" ma:index="11" nillable="true" ma:displayName="Category" ma:internalName="Category">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
-        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1" ma:index="12" ma:displayName="Subject"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
           <xs:element ref="pc:AccountType" minOccurs="0"/>
@@ -13191,51 +13191,51 @@
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Date_x0020__x0028_Last_x0020_Effective_x0029_ xmlns="73210057-e01b-4b67-a3cc-f5ef0d69dd82" xsi:nil="true"/>
     <Plan_x0020_Type xmlns="73210057-e01b-4b67-a3cc-f5ef0d69dd82" xsi:nil="true"/>
     <Category xmlns="73210057-e01b-4b67-a3cc-f5ef0d69dd82" xsi:nil="true"/>
     <Program xmlns="73210057-e01b-4b67-a3cc-f5ef0d69dd82" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{313E3902-0326-D541-88D7-AB2F34EEFB2C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23333E58-A42B-4532-97B5-6E8AD11F34A2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73AFC2D8-3AD9-4196-9071-D6147F380F62}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B00F40A-5E5B-40BC-B4C9-99FBE5E8961E}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82317C09-87A4-4D56-B516-DFDC26F14494}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>28</Pages>
   <Words>7601</Words>
   <Characters>43332</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>361</Lines>
   <Paragraphs>101</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>