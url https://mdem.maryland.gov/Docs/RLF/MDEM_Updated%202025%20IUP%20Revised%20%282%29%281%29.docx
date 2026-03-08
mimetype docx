--- v0 (2026-01-11)
+++ v1 (2026-03-08)
@@ -16652,52 +16652,52 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mj2uQChrjl5yeOafL3/MP+d3MJ7GQ==">CgMxLjAyDmguMWV6M3lxNDlvdGhhMg5oLmRqdHQyNTUzZnp6ODIOaC40azRkN2NhdXgxYzMyDmgueHR0NWZqcTE1a2N4Mg5oLmJjMTF5bzFvbXRrbTIOaC5uaDFzMGI2NzBqZXIyDmguanQyaGY2b2thc3lrMg5oLmt1aW1rcTF0OXAxYTINaC5md3hlcjBpemtybzIOaC5zczVpNXRhMDl3MmgyDmguMTgxb293ejZjdG84Mg5oLmZ0Ymo5eWlyZ2l6djIOaC5reXo3d29hZmRrZHcyDmguODZkeWp0ZHZrN3hxMg5oLjgzbnN2bGlpdWJvdDIOaC4xOXljZDE3MmZzbG4yDmguczduZWd5ZHk2MDNmMg5oLnVkdjJ5dHJ5ZzVxZDIOaC5taDJ0MXE3bjljazkyDmguZWJ3ZmthZjR4dGF2Mg5oLjFveDl3YTR2NnkwMDIOaC5uazR1eGNoMTVwd2gyDmgucHY3dHRrZTVwY2h5Mg5oLmw4OXhudnJ0aGk5YTIOaC55Y2NnejNmMWtuNnEyDmgucjJkenJiaGg2OHdpMg5oLjg5eXdlZGRjNjZnazIOaC5xam93YWYxMnRvazAyDmguanJ5ZTVrdTI4bmIwMg5oLjd0Y2RsczFvMDU2bjIOaC43cWZpdGczZ2dyMGsyDmgudDR2Nnd5bDMwdTA2Mg5oLmZkdmwyaWphOXA2cTIOaC5jMmo2aGY4bjRpODMyDmguM2tjdmhoeW5jbGxpMg5oLmU5YTJrdTZ3aDljaDIOaC41azJqbXBtaHRwcTEyDmguYnkwYXAwMmF1YXB5Mg5oLnMyenk4cXNqbGlzMjIOaC4yazEzbzhsMG0weG8yDmguazZlNjZoOHVqZHplMg5oLm02MnVycWc5bTl0YTIOaC5oeHM4NnFhNm44Ym4yDmguN3R4M200YzlkYnR1Mg5oLjlzYnZjMDFzbG5iazIOaC42NW1sdjE0dXRzbDUyDWgucG5iYWhsNzQydHEyDmguZDNhd3A1N3h5Z2JlMg5oLm81NTh0YjR5ejJrbDIOaC5tbm50c3F2dTlxYnoyDmguZG9pM2pqZnFuMTdsMg5oLmM2c3FzenNhd3p6ejIOaC42cmZhd2g5N2ZjZ28yDmguN3BwZ2FsbzJhNnp6Mg5oLmN4ZGtzczJpbmpsczIOaC52NWJ1MmluYnd0cW8yDmguaWp4YjBrN2JzMjNiMg5oLmc0amN2ZG5oanZhcDIOaC40Y3NqMmlpbGhoMXgyDmguZ3AyeHhqN2todHVzMg5oLjdzbjIybnczb3FvdTIOaC5mOTRhN29tdGw2emwyDmgueDk1cWcwa29udm4yMg5oLmwyeHZ1dG43NWFnbjIOaC5zY2V0NWNibm1oMWcyDmguMjNmOWR5Y3RteTQyMg5oLng0NXFlY296cW53cjIOaC5rNmM4bnJ3OWYzNDcyDmguNWtvbDM0OGttdjRlMg5oLmZ4aWY5cmozdWdjYzIOaC40eXlnbnVwczc0a3QyDmgub3RwaTB4cThyODNzMg5oLjU3bDRzZTNnYTNsOTIOaC5pZDBmajNmbDlyc3IyDmguY3o1ZDN4MmN6ZjA3Mg5oLmhyajFvZ3hnbnphcDIOaC5mcms3eXR1Y284aDcyDmguYzR4MGlyZnVwb3liMg5oLmY2YmNnamFxMmV2YTIOaC5ua2J5cGtndXNtM2UyDmguMzVidnV5c3lhNWVmMg5oLjRlbWRueXRlaTR0eDIOaC54N2psdm15Z2tzZDc4AHIhMWk0bWZNQVo1YzRweGwyUWlkaFpoZmN6NWdjYW0wVXpG</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D55B88090FC0624CA3B85B26364D43E9" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0e66f62089da7f15d7e4343ec3a44bb1">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="73210057-e01b-4b67-a3cc-f5ef0d69dd82" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="60d5ca0c03327369b4b468df3ba9c92f" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D55B88090FC0624CA3B85B26364D43E9" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e4492bfd16206c6c2f421a52dfd31b65">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="73210057-e01b-4b67-a3cc-f5ef0d69dd82" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="702ec4724dcb7c9a4955ad9b60ee40c1" ns2:_="">
     <xsd:import namespace="73210057-e01b-4b67-a3cc-f5ef0d69dd82"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Date_x0020__x0028_Last_x0020_Effective_x0029_" minOccurs="0"/>
                 <xsd:element ref="ns2:Plan_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns2:Program" minOccurs="0"/>
                 <xsd:element ref="ns2:Category" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="73210057-e01b-4b67-a3cc-f5ef0d69dd82" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Date_x0020__x0028_Last_x0020_Effective_x0029_" ma:index="8" nillable="true" ma:displayName="Date (Last Effective)" ma:internalName="Date_x0020__x0028_Last_x0020_Effective_x0029_">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
@@ -16715,51 +16715,51 @@
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Category" ma:index="11" nillable="true" ma:displayName="Category" ma:internalName="Category">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
-        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1" ma:index="12" ma:displayName="Subject"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
           <xs:element ref="pc:AccountType" minOccurs="0"/>
@@ -16833,51 +16833,51 @@
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Date_x0020__x0028_Last_x0020_Effective_x0029_ xmlns="73210057-e01b-4b67-a3cc-f5ef0d69dd82" xsi:nil="true"/>
     <Plan_x0020_Type xmlns="73210057-e01b-4b67-a3cc-f5ef0d69dd82" xsi:nil="true"/>
     <Category xmlns="73210057-e01b-4b67-a3cc-f5ef0d69dd82" xsi:nil="true"/>
     <Program xmlns="73210057-e01b-4b67-a3cc-f5ef0d69dd82" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C11E8A3-FCF5-4B83-BFD6-1A0BA61289DA}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{344B9422-71E8-4165-85B6-BCDF072A4AF7}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35472AF7-A3CE-48A1-950C-D2152330D20E}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B7A3A5B-348F-4553-8D1E-F779C0DC39CC}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>40</Pages>
   <Words>11243</Words>
   <Characters>64087</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>534</Lines>
   <Paragraphs>150</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>75180</CharactersWithSpaces>